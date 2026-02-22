--- v0 (2025-12-16)
+++ v1 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2144" uniqueCount="981">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2224" uniqueCount="1006">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2429,50 +2429,74 @@
   <si>
     <t>611</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/611/154-_tania_linha_mirim.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, após ouvido o plenário desta casa de leis, solicitar ao Departamento do pátio de máquinas, para arrumar a estrada LINHA MIRIM, principalmente aquela após a Igreja da comunidade.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/612/155-tania_lixao.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, após ouvido o plenário desta casa de leis, solicita a aquisição de compra de um terreno com URGÊNCIA, para colocação do LIXO DA CIDADE, esta com projeto adequado, de acordo com as normas ambientais, vigentes, seja ´para aterro sanitário ( lixo orgânico)  ou reciclagem de lixo.</t>
   </si>
   <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/618/156-_jocelene_tea.pdf</t>
+  </si>
+  <si>
+    <t>contratação de uma equipe Multidisciplinar destinada ao atendimento de pessoas com transtorno do Aspectro autista (TEA) e outros transtornos.</t>
+  </si>
+  <si>
+    <t>619</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/619/157-_jocelene_carga_horaria.pdf</t>
+  </si>
+  <si>
+    <t>ampliação da carga horária de reforço em contraturno aos alunos com dificuldades nas escolas municipais dos distritos.</t>
+  </si>
+  <si>
     <t>361</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/361/1-_jocelene_-_pavimentacao_asfaltica.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal esclarecimentos das reais condições da Execução do Projeto de Pavimentação asfáltico trecho Dois Irmãos a Linha Kalinke</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/399/2-_airton_requer_informacoes.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, após ouvido o plenário desta Casa de Leis, cópias do Processo Licitatório, Empenho, Liquidação e as Notas Fiscais  decorrentes da aquisição nas últimas semanas de 08 (oito) pneus com medidas 1.400 x 24, Marca EMPEROR,  utilizados nas Motoniveladoras (Patrolas). Fotos anexas</t>
   </si>
   <si>
     <t>429</t>
@@ -2882,84 +2906,135 @@
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/519/38-autografo_pl_altera_2043.pdf</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>CELSO COZZATI, PAULO  DAL'ALBA, TANIA PAPKE</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/560/41-_autografo_pl_exe_ppa.pdf</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/561/42-_autografo_pl_exe_denomina_estrada_vicin.pdf</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/554/43-_autografo_pl_exe_abertura_de_credito.pdf</t>
   </si>
   <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/620/44-_aut_pl_exe_loa.pdf</t>
+  </si>
+  <si>
     <t>562</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/562/45-_autografo_pl_exe_-declara_de_utilidade_publica_a_associacao_saojoanense_de_rolima_e_trikes_caipiras_do_asfalto_de_sao_joao__pr..pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Sãojoanense de Rolimã e Trikes Caipiras do Asfalto, de São João – PR.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/563/46-autografo_pl_exe-dispoe_sobre_a_denominacao_do_plenario_da_nova_sede_da_camara_municipal_de_sao_joao_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/564/48-_autografo_pl_leg-_declara_de_utilidade_publica_a_associacao_de_pais_e_mestres_pelo_esporte__taekwondo_sao_joao..pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação de Pais e Mestres Pelo Esporte – Taekwondo São João.</t>
   </si>
   <si>
+    <t>616</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/616/50-pl_exe_apae_160.pdf</t>
+  </si>
+  <si>
+    <t>617</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/617/51-pl_exe_alt_880.pdf</t>
+  </si>
+  <si>
     <t>613</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/613/52-_aut_pl_exe_uniformes_escolares.pdf</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/614/53-_aut_pl_exe_abono.pdf</t>
+  </si>
+  <si>
+    <t>621</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/621/54-_aut_pl_exe_fmsba.pdf</t>
+  </si>
+  <si>
+    <t>622</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/622/55-_aut_pl_exe__apoio_universitario.pdf</t>
+  </si>
+  <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/623/56-_aut_pl_exe_altera__ldo.pdf</t>
+  </si>
+  <si>
+    <t>Altera e inclui ações na programação constantes do LDO, para o Exercício de 2025</t>
+  </si>
+  <si>
+    <t>624</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/624/57-_aut_pl_exe_altera_ppa.pdf</t>
+  </si>
+  <si>
+    <t>625</t>
+  </si>
+  <si>
+    <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/625/58-_aut_pl_exe_pss.pdf</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/586/1-emenda_impositiva_gessi_camargo.pdf</t>
   </si>
   <si>
     <t>O vereador signatário Gessi Camargo, no uso de suas prerrogativas legais e regimentais, apresenta para apreciação a seguinte Emenda Impositiva Individual ao PL nº 44/2025 Lei Orçamentária Anual- LOA, que estima a receita e fixa a despesa do Município de São joão para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/587/2-emenda_impositiva_airton.pdf</t>
   </si>
   <si>
     <t>O vereador signatário Airton Martinelli, no uso de suas prerrogativas legais e regimentais, apresenta para apreciação a seguinte Emenda Impositiva Individual ao projeto de Lei nº 44/2025, Orçamentária Anual – (LOA), que estima a receita e fixa a despesa do Município de São joão para o exercício financeiro de 2026.</t>
   </si>
@@ -3305,56 +3380,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/334/1-pl_exe_-convenio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/335/2-_pl_exe_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/336/3-_pl_exe_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/337/4-_pl_exe_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/354/5-_exe_pl_auxilio_financeiro_futsal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/363/6-_exe_pl_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/364/7-exe_pl_altera_lei.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/390/8-_pl_exe_sos_animais.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/393/9-_pl_exe_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/394/10-pl_exe_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/395/11-pl_leg_-revisao_geral_legislativo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/396/12-pl_exe_revisao_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/398/13-_pl_exe_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/418/14-pl_leg__diarias_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/422/15-pl_exe__utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/428/16-pl_exe_informatica.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/432/17-_pl_exe_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/434/18-pl_exe_agente_contratacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/435/19-_pl_exe_altera_anexo_cargo_em_comissao_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/440/20-_exe_pl_altera_lei.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/445/21-_pl_exe_cria_conselho_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/446/22-pl_exe_fundo_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/455/23-_pl_exe_ldo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/458/24-pl_exe_contribuicao_igr.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/459/25-_pl_exe_politica_municipal_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/460/26-_pl_exe_conselho_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/461/27-pl_exe_institui_fundo_esporte.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/462/28-pl_exe_abertura_decredito_capela.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/463/29-_pl_exe_altera_lei_1996.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/464/30-_pl_exe_cria_cargo_auditor_fiscal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/465/31-_pl_exe_pss.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/475/32-_pl_exe_-taxi_e_transporte_privado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/482/33-_pl_exe_premiacao_em_dinheiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/485/34-_pl_exe_prazo_pme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/486/35-_pl_exe_credito_adicional_155.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/492/36-_pl_exe_parcelamento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/497/37-_pl_exe_denomina_ruas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/502/38-pl_exe_altera_art_2.043.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/515/40-_pl_leg_filiar_acamsop.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/517/projeto_de_lei_no_038-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/520/42-pl_exe_denomina_estrada.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_de_lei_no_040_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_no_041_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/545/projeto_de_lei_no_042_-_util._publica_ass._s_de_rolima.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/550/projeto_de_lei_no_044_-_denominacao_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/551/projeto_de_lei_no_043_-_sepultamento_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/552/48-_pl_leg_-_utilidade_publica_takwondo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/555/49-_pl_exe_altera_lei_operario-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/568/50-pl_exe_credito_apae.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/569/51-pl_exe_altera_880.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/578/52-_pl_exe_uniformes_escolares.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/580/53-exe_pl_abono_natalino.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/581/54-_pl_exe_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/582/55-_pl_exe_estudantes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/583/56-_pl_exe_alteraldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/584/57-_pl_exe_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/615/58-pl_exe_pss.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/325/6-_tania_rua_da_paz.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/326/7-_tania_funcionario.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/327/8-_tania_broks.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/328/9-tania_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/329/10-_tania_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/330/11-_tania_-acudes_melhorias.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/331/12-_tania_auxilio_universitario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/332/13-_celso_-redutor_vel.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/333/14-_celso_-ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/338/15-_gessi_-_revisao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/339/16-_gessi_-_revisao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/340/17-_gessi_ultrasson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/341/18-_fabiana_-poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/342/19-fabiana-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/343/20-_fabiana_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/344/21-_fabiana_abastecimento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/345/22-_fabiana_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/346/23-_ivanete_asfalto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/347/24-_ivanete_agua_potavel.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/348/25-_ivanete_asfalto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/349/26-_ivanete_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/350/27-_jaqueline_asfalto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/351/28-_jaqueline_autista.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/352/29-_jaqueline_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/353/30-_jaqueline_redutor.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/355/31-airton_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/356/32-_tania_ciee.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/357/33-_celso_recuperacao_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/358/34-__celso__escassez_de_agua.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/359/35-_paulo_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/360/36-fabiana_rede_de_energia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/362/37-_jocelene_ginasio_esportes.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/365/38-_tania_postes_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/366/39-tania_tubulacoes.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/367/40-_tania_abrigo_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/368/41-_fabiana_vagas_exclusivas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/369/42-_fabiana_protecao_de_fontes.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/370/43-_fabiana_cartao_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/371/44-_fabiana_eja.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/372/45-_celso_-_passeio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/373/46-_celso__reajuste_tabela_onibus.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/380/47-tania_calcada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/381/48-_airton_-revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/382/49-_airton_-saneamento.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/383/50-_paulo_-nominacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/384/51-celso_-redutores.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/385/52-_celso_-estacionamento.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/386/53-_celso_-reparos_asfalto.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/387/54-_ivanete_-asfalto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/388/55-_tania_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/389/56-_jocelene_-adequacoes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/392/57-_fabiana_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/397/58-_tania_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/400/59-_jaqueline_viveiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/401/60-_jaqueline_-_readequacao_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/402/61-_jaqueline_horarios_unidade_de_saude.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/404/62-_celso_-programa_ateg.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/405/63-_celso_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/406/64-_tania-_lombada.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/410/65-_tania_-asfalto.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/411/66-_paulo_-estacionamento.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/414/67-_airton_jocelene_profissional_em_fonoaudiologia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/415/68-_airton_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/416/69-_airton_jocelene_celso_tania_gessi_recape_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/417/70-_airton_jocelene_apoio_aos_idosos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/419/71-_ivanete_caixa_coletas_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/420/72-_ivanete_cacamba_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/421/73-_ivanete_vagas_de_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/423/74-_gessi__etinerario.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/424/75-_gessi_instalacao_de_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/425/76-_celso_guard_rail.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/426/77-_celso__agua.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/427/78-_airton_gessi_modulo_esportivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/430/79-jaqueline_van_para_transporte_de_atlhetas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/431/80-jaqueline_portais_com_nome_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/433/81-_tania_arrumacao_do_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/436/82-_tania_-_irineo_sperotto.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/437/83-tania-_parque_ambiental.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/438/84-_gessi_alteracao_artigo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/439/85-_gessi_medidas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/441/86-jaqueline_ivanete-_rebanho_local.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/442/87-fabiana-_substituicao_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/444/88-_celso-_kit_lanche.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/448/89-_fabiana_instalacoes_de_tachoes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/449/90-jocelene_sessoes_de_fizioterapia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/451/91-_airton_apoio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/452/92-airton_luminarias.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/453/93-_airton_abrigo_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/454/94-_gessi_medidas_de_reducao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/456/95-_tania_placas_e_tachoes.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/457/96-tania_calcada_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/470/97-_celso_ind_recuperacao_e_manutencao_calcada.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/471/98-_fabiana_ind_medidas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/483/99-_tania_ind_lampadas_rua_da_paz.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/484/100-tania_ind_levantamento_de_problemas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/487/101-ivanete_calcadas_dois_irmaos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/488/102-tania-_galeria_de_agua.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/489/103-_celso_calcamento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/490/104-_ivanete_alargamento_ponte.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/491/105-tania_recapeamento.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/498/106-_tania_calcadas_da_av.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/499/107-_tania_acesso_a_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/500/108-_celso_retirada_de_tachoes.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/501/109-_celso_espaco_treinamento_taekwondo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/503/110-_ivanete_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/504/111-_celso_cria_programa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/505/112-_celso_ponte.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/506/113-_joao_vagas_de_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/507/114-joao_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/510/115-joao_paulo__-estacionamento.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/511/116-_tania_ponte.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/513/117-jocelene_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/514/118-gessi_academia_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/516/119-tania_plantas_de_controle.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/521/120-celso_apoio_pl_328.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/522/121-jaqueline_denominar_via.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/523/122-jaqueline_academia.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/524/123-_celso_operadora_tim.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/525/124-celso_cobranca_autoridades.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/526/125-_jaqueline-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/527/126-_joao_paulo-academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/528/127-_ivanete_agricultura_mais.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/529/128-_tania_calcadas_vila_paraiso.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/531/129-joao_paulo_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/532/130-_joao_paulo_quadra_sintetica.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/533/131-_joao_paulo_quebra_mola.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/534/132-tania_calcadas.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/535/133-_tania_e_outros_retirado_cobranca.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/542/135-joao_paulo_-playground_diesel.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/547/136-joao_paulo_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/548/137-joao_paulo_calcadas.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/549/138-joao_paulo_cavalo_de_aco.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/556/139-_jocelene_e_gessi_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/557/140-_jocelene_e_gessi_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/558/141-_tania_placas_rota_de_caminhoes.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/559/142-_celso_camaras_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/565/143-arnildo_melhorias_no_ouro_verde.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/566/144-gessi_super_poste.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/567/145-tania_placas_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/570/146-gessi_abono.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/571/147-gessi_pedagogas.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/572/148-tania_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/575/149-_celso-_projeto_coleta_mais.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/576/150-celso_bueiro.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/577/151-_celso_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/585/152-tania_reforca_o_pedido_128.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/610/153-jocelene_asfalto_dois_irmao.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/611/154-_tania_linha_mirim.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/612/155-tania_lixao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/361/1-_jocelene_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/399/2-_airton_requer_informacoes.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/429/3-_jocelene_execucao_de_projeto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/472/4-_jocelene_requerimento_auxilio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/509/5-jocelene_impacto_orcamentario_auxilio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/540/6-requerimento_airton_celso_gessi_jocelene_tania.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/541/7-_requerimento_cpi_tania_airton_gessi_celso_jocelene.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/543/8-jaqueline_reclamacao_formal.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/536/1-_projeto_resolucao_jaqueline.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/553/2-_projeto_resolucao_-_cria_cpi.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/573/1-pd_aprova_as_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/403/1-_mocao_de_congratulacao_-_taekwondo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/450/1-_proposta_de_emenda_aditiva_ao_pl_21.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/508/37-2_emenda_pl_37_cjr.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_de_emenda_no01_-_redefine_prazos_propostas_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/579/1-_razoes_de_veto_-veto_ao_pl_46.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/374/1-_pl_exe_autografo_convenio_mapa.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/375/2-_pl_exe_autografo_credito_especial_8400.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/376/3-_pl_exe_autografo_credito_especial_37170.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/377/4-_pl_exe_autografo_credito_especial_300000.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/378/5-_pl_exe_autografo_futsal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/379/6-_pl_exe_autografo_credito_especial_600000.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/391/7-_aut_pl_exe_procurador_cria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/407/8-pl_exe_sos_animais.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/412/9-_projeto_de_lei_exe_autografo_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/413/10-projeto_de_lei_exe_autografo_-credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/408/11-pl_leg_revisao.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/409/12-pl_exe_revisao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/443/16-_autografo_pl_16_exe_-_informatica.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/447/17-pl_exe_autografo_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/476/18-_aut_pl_exe_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/466/21-_autografo_pl_exe_cria_conselho.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/467/22-_autografo_pl_exe_fundo_municipal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/473/23-pl_exe_ldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/474/24-_pl_exe_igr.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/477/25-_aut_pl_exe_politica_municipal_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/478/26-_aut_pl_exe_cria_conselho_esporte.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/479/27-_aut_pl_exe_institui_fundo_para_o_esporte.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/480/28-_aut_pl_exe_credito_especial_135.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/481/29-_aut_pl_exe_altera_anexos_1996.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/468/30-_autografo_pl_exe_auditor_fiscal.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/469/31-_atografo_pl_exe_pss.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/493/32-pl_exe_taxi.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/494/33-_pl_exe_premiacoes.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/495/34-_pl_exe_plano_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/496/35-_pl_exe_credito_155.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/518/37-_autografo_altera_denomina.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/519/38-autografo_pl_altera_2043.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/560/41-_autografo_pl_exe_ppa.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/561/42-_autografo_pl_exe_denomina_estrada_vicin.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/554/43-_autografo_pl_exe_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/562/45-_autografo_pl_exe_-declara_de_utilidade_publica_a_associacao_saojoanense_de_rolima_e_trikes_caipiras_do_asfalto_de_sao_joao__pr..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/563/46-autografo_pl_exe-dispoe_sobre_a_denominacao_do_plenario_da_nova_sede_da_camara_municipal_de_sao_joao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/564/48-_autografo_pl_leg-_declara_de_utilidade_publica_a_associacao_de_pais_e_mestres_pelo_esporte__taekwondo_sao_joao..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/613/52-_aut_pl_exe_uniformes_escolares.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/614/53-_aut_pl_exe_abono.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/586/1-emenda_impositiva_gessi_camargo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/587/2-emenda_impositiva_airton.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/588/3-emenda_impositiva_arnildo_jaque_paulo_ivonete.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/589/4-emenda_impositiva_arnildo_jaque_paulo_ivonete.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/334/1-pl_exe_-convenio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/335/2-_pl_exe_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/336/3-_pl_exe_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/337/4-_pl_exe_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/354/5-_exe_pl_auxilio_financeiro_futsal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/363/6-_exe_pl_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/364/7-exe_pl_altera_lei.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/390/8-_pl_exe_sos_animais.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/393/9-_pl_exe_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/394/10-pl_exe_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/395/11-pl_leg_-revisao_geral_legislativo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/396/12-pl_exe_revisao_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/398/13-_pl_exe_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/418/14-pl_leg__diarias_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/422/15-pl_exe__utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/428/16-pl_exe_informatica.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/432/17-_pl_exe_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/434/18-pl_exe_agente_contratacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/435/19-_pl_exe_altera_anexo_cargo_em_comissao_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/440/20-_exe_pl_altera_lei.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/445/21-_pl_exe_cria_conselho_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/446/22-pl_exe_fundo_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/455/23-_pl_exe_ldo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/458/24-pl_exe_contribuicao_igr.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/459/25-_pl_exe_politica_municipal_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/460/26-_pl_exe_conselho_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/461/27-pl_exe_institui_fundo_esporte.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/462/28-pl_exe_abertura_decredito_capela.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/463/29-_pl_exe_altera_lei_1996.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/464/30-_pl_exe_cria_cargo_auditor_fiscal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/465/31-_pl_exe_pss.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/475/32-_pl_exe_-taxi_e_transporte_privado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/482/33-_pl_exe_premiacao_em_dinheiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/485/34-_pl_exe_prazo_pme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/486/35-_pl_exe_credito_adicional_155.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/492/36-_pl_exe_parcelamento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/497/37-_pl_exe_denomina_ruas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/502/38-pl_exe_altera_art_2.043.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/515/40-_pl_leg_filiar_acamsop.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/517/projeto_de_lei_no_038-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/520/42-pl_exe_denomina_estrada.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_de_lei_no_040_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/544/projeto_de_lei_no_041_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/545/projeto_de_lei_no_042_-_util._publica_ass._s_de_rolima.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/550/projeto_de_lei_no_044_-_denominacao_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/551/projeto_de_lei_no_043_-_sepultamento_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/552/48-_pl_leg_-_utilidade_publica_takwondo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/555/49-_pl_exe_altera_lei_operario-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/568/50-pl_exe_credito_apae.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/569/51-pl_exe_altera_880.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/578/52-_pl_exe_uniformes_escolares.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/580/53-exe_pl_abono_natalino.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/581/54-_pl_exe_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/582/55-_pl_exe_estudantes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/583/56-_pl_exe_alteraldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/584/57-_pl_exe_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/615/58-pl_exe_pss.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/325/6-_tania_rua_da_paz.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/326/7-_tania_funcionario.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/327/8-_tania_broks.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/328/9-tania_-_estrada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/329/10-_tania_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/330/11-_tania_-acudes_melhorias.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/331/12-_tania_auxilio_universitario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/332/13-_celso_-redutor_vel.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/333/14-_celso_-ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/338/15-_gessi_-_revisao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/339/16-_gessi_-_revisao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/340/17-_gessi_ultrasson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/341/18-_fabiana_-poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/342/19-fabiana-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/343/20-_fabiana_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/344/21-_fabiana_abastecimento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/345/22-_fabiana_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/346/23-_ivanete_asfalto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/347/24-_ivanete_agua_potavel.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/348/25-_ivanete_asfalto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/349/26-_ivanete_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/350/27-_jaqueline_asfalto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/351/28-_jaqueline_autista.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/352/29-_jaqueline_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/353/30-_jaqueline_redutor.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/355/31-airton_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/356/32-_tania_ciee.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/357/33-_celso_recuperacao_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/358/34-__celso__escassez_de_agua.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/359/35-_paulo_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/360/36-fabiana_rede_de_energia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/362/37-_jocelene_ginasio_esportes.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/365/38-_tania_postes_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/366/39-tania_tubulacoes.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/367/40-_tania_abrigo_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/368/41-_fabiana_vagas_exclusivas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/369/42-_fabiana_protecao_de_fontes.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/370/43-_fabiana_cartao_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/371/44-_fabiana_eja.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/372/45-_celso_-_passeio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/373/46-_celso__reajuste_tabela_onibus.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/380/47-tania_calcada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/381/48-_airton_-revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/382/49-_airton_-saneamento.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/383/50-_paulo_-nominacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/384/51-celso_-redutores.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/385/52-_celso_-estacionamento.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/386/53-_celso_-reparos_asfalto.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/387/54-_ivanete_-asfalto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/388/55-_tania_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/389/56-_jocelene_-adequacoes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/392/57-_fabiana_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/397/58-_tania_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/400/59-_jaqueline_viveiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/401/60-_jaqueline_-_readequacao_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/402/61-_jaqueline_horarios_unidade_de_saude.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/404/62-_celso_-programa_ateg.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/405/63-_celso_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/406/64-_tania-_lombada.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/410/65-_tania_-asfalto.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/411/66-_paulo_-estacionamento.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/414/67-_airton_jocelene_profissional_em_fonoaudiologia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/415/68-_airton_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/416/69-_airton_jocelene_celso_tania_gessi_recape_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/417/70-_airton_jocelene_apoio_aos_idosos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/419/71-_ivanete_caixa_coletas_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/420/72-_ivanete_cacamba_de_entulho.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/421/73-_ivanete_vagas_de_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/423/74-_gessi__etinerario.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/424/75-_gessi_instalacao_de_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/425/76-_celso_guard_rail.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/426/77-_celso__agua.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/427/78-_airton_gessi_modulo_esportivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/430/79-jaqueline_van_para_transporte_de_atlhetas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/431/80-jaqueline_portais_com_nome_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/433/81-_tania_arrumacao_do_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/436/82-_tania_-_irineo_sperotto.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/437/83-tania-_parque_ambiental.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/438/84-_gessi_alteracao_artigo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/439/85-_gessi_medidas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/441/86-jaqueline_ivanete-_rebanho_local.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/442/87-fabiana-_substituicao_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/444/88-_celso-_kit_lanche.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/448/89-_fabiana_instalacoes_de_tachoes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/449/90-jocelene_sessoes_de_fizioterapia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/451/91-_airton_apoio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/452/92-airton_luminarias.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/453/93-_airton_abrigo_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/454/94-_gessi_medidas_de_reducao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/456/95-_tania_placas_e_tachoes.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/457/96-tania_calcada_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/470/97-_celso_ind_recuperacao_e_manutencao_calcada.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/471/98-_fabiana_ind_medidas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/483/99-_tania_ind_lampadas_rua_da_paz.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/484/100-tania_ind_levantamento_de_problemas.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/487/101-ivanete_calcadas_dois_irmaos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/488/102-tania-_galeria_de_agua.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/489/103-_celso_calcamento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/490/104-_ivanete_alargamento_ponte.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/491/105-tania_recapeamento.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/498/106-_tania_calcadas_da_av.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/499/107-_tania_acesso_a_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/500/108-_celso_retirada_de_tachoes.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/501/109-_celso_espaco_treinamento_taekwondo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/503/110-_ivanete_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/504/111-_celso_cria_programa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/505/112-_celso_ponte.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/506/113-_joao_vagas_de_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/507/114-joao_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/510/115-joao_paulo__-estacionamento.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/511/116-_tania_ponte.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/513/117-jocelene_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/514/118-gessi_academia_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/516/119-tania_plantas_de_controle.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/521/120-celso_apoio_pl_328.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/522/121-jaqueline_denominar_via.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/523/122-jaqueline_academia.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/524/123-_celso_operadora_tim.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/525/124-celso_cobranca_autoridades.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/526/125-_jaqueline-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/527/126-_joao_paulo-academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/528/127-_ivanete_agricultura_mais.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/529/128-_tania_calcadas_vila_paraiso.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/531/129-joao_paulo_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/532/130-_joao_paulo_quadra_sintetica.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/533/131-_joao_paulo_quebra_mola.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/534/132-tania_calcadas.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/535/133-_tania_e_outros_retirado_cobranca.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/542/135-joao_paulo_-playground_diesel.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/547/136-joao_paulo_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/548/137-joao_paulo_calcadas.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/549/138-joao_paulo_cavalo_de_aco.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/556/139-_jocelene_e_gessi_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/557/140-_jocelene_e_gessi_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/558/141-_tania_placas_rota_de_caminhoes.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/559/142-_celso_camaras_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/565/143-arnildo_melhorias_no_ouro_verde.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/566/144-gessi_super_poste.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/567/145-tania_placas_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/570/146-gessi_abono.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/571/147-gessi_pedagogas.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/572/148-tania_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/575/149-_celso-_projeto_coleta_mais.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/576/150-celso_bueiro.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/577/151-_celso_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/585/152-tania_reforca_o_pedido_128.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/610/153-jocelene_asfalto_dois_irmao.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/611/154-_tania_linha_mirim.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/612/155-tania_lixao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/618/156-_jocelene_tea.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/619/157-_jocelene_carga_horaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/361/1-_jocelene_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/399/2-_airton_requer_informacoes.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/429/3-_jocelene_execucao_de_projeto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/472/4-_jocelene_requerimento_auxilio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/509/5-jocelene_impacto_orcamentario_auxilio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/540/6-requerimento_airton_celso_gessi_jocelene_tania.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/541/7-_requerimento_cpi_tania_airton_gessi_celso_jocelene.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/543/8-jaqueline_reclamacao_formal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/536/1-_projeto_resolucao_jaqueline.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/553/2-_projeto_resolucao_-_cria_cpi.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/573/1-pd_aprova_as_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/403/1-_mocao_de_congratulacao_-_taekwondo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/450/1-_proposta_de_emenda_aditiva_ao_pl_21.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/508/37-2_emenda_pl_37_cjr.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_de_emenda_no01_-_redefine_prazos_propostas_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/579/1-_razoes_de_veto_-veto_ao_pl_46.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/374/1-_pl_exe_autografo_convenio_mapa.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/375/2-_pl_exe_autografo_credito_especial_8400.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/376/3-_pl_exe_autografo_credito_especial_37170.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/377/4-_pl_exe_autografo_credito_especial_300000.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/378/5-_pl_exe_autografo_futsal.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/379/6-_pl_exe_autografo_credito_especial_600000.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/391/7-_aut_pl_exe_procurador_cria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/407/8-pl_exe_sos_animais.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/412/9-_projeto_de_lei_exe_autografo_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/413/10-projeto_de_lei_exe_autografo_-credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/408/11-pl_leg_revisao.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/409/12-pl_exe_revisao.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/443/16-_autografo_pl_16_exe_-_informatica.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/447/17-pl_exe_autografo_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/476/18-_aut_pl_exe_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/466/21-_autografo_pl_exe_cria_conselho.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/467/22-_autografo_pl_exe_fundo_municipal.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/473/23-pl_exe_ldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/474/24-_pl_exe_igr.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/477/25-_aut_pl_exe_politica_municipal_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/478/26-_aut_pl_exe_cria_conselho_esporte.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/479/27-_aut_pl_exe_institui_fundo_para_o_esporte.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/480/28-_aut_pl_exe_credito_especial_135.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/481/29-_aut_pl_exe_altera_anexos_1996.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/468/30-_autografo_pl_exe_auditor_fiscal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/469/31-_atografo_pl_exe_pss.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/493/32-pl_exe_taxi.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/494/33-_pl_exe_premiacoes.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/495/34-_pl_exe_plano_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/496/35-_pl_exe_credito_155.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/518/37-_autografo_altera_denomina.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/519/38-autografo_pl_altera_2043.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/560/41-_autografo_pl_exe_ppa.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/561/42-_autografo_pl_exe_denomina_estrada_vicin.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/554/43-_autografo_pl_exe_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/620/44-_aut_pl_exe_loa.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/562/45-_autografo_pl_exe_-declara_de_utilidade_publica_a_associacao_saojoanense_de_rolima_e_trikes_caipiras_do_asfalto_de_sao_joao__pr..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/563/46-autografo_pl_exe-dispoe_sobre_a_denominacao_do_plenario_da_nova_sede_da_camara_municipal_de_sao_joao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/564/48-_autografo_pl_leg-_declara_de_utilidade_publica_a_associacao_de_pais_e_mestres_pelo_esporte__taekwondo_sao_joao..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/616/50-pl_exe_apae_160.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/617/51-pl_exe_alt_880.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/613/52-_aut_pl_exe_uniformes_escolares.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/614/53-_aut_pl_exe_abono.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/621/54-_aut_pl_exe_fmsba.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/622/55-_aut_pl_exe__apoio_universitario.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/623/56-_aut_pl_exe_altera__ldo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/624/57-_aut_pl_exe_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/625/58-_aut_pl_exe_pss.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/586/1-emenda_impositiva_gessi_camargo.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/587/2-emenda_impositiva_airton.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/588/3-emenda_impositiva_arnildo_jaque_paulo_ivonete.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoao.pr.leg.br/media/sapl/public/materialegislativa/2025/589/4-emenda_impositiva_arnildo_jaque_paulo_ivonete.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H268"/>
+  <dimension ref="A1:H278"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="147.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="202.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -8716,1626 +8791,1886 @@
       </c>
       <c r="D207" t="s">
         <v>243</v>
       </c>
       <c r="E207" t="s">
         <v>244</v>
       </c>
       <c r="F207" t="s">
         <v>245</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>802</v>
       </c>
       <c r="H207" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>804</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>10</v>
+        <v>805</v>
       </c>
       <c r="D208" t="s">
-        <v>805</v>
+        <v>243</v>
       </c>
       <c r="E208" t="s">
-        <v>806</v>
+        <v>244</v>
       </c>
       <c r="F208" t="s">
         <v>346</v>
       </c>
       <c r="G208" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H208" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>808</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
         <v>809</v>
       </c>
-      <c r="B209" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D209" t="s">
-        <v>805</v>
+        <v>243</v>
       </c>
       <c r="E209" t="s">
-        <v>806</v>
+        <v>244</v>
       </c>
       <c r="F209" t="s">
-        <v>326</v>
+        <v>346</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>810</v>
       </c>
       <c r="H209" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>812</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D210" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E210" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F210" t="s">
         <v>346</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="H210" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D211" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E211" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F211" t="s">
-        <v>346</v>
+        <v>326</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="H211" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D212" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E212" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F212" t="s">
         <v>346</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="H212" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D213" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E213" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F213" t="s">
-        <v>199</v>
+        <v>346</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="H213" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D214" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E214" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F214" t="s">
-        <v>199</v>
+        <v>346</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="H214" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D215" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E215" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F215" t="s">
-        <v>313</v>
+        <v>199</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="H215" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D216" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="E216" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="F216" t="s">
-        <v>831</v>
+        <v>199</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H216" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D217" t="s">
-        <v>835</v>
+        <v>813</v>
       </c>
       <c r="E217" t="s">
-        <v>836</v>
+        <v>814</v>
       </c>
       <c r="F217" t="s">
         <v>313</v>
       </c>
       <c r="G217" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H217" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>838</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>45</v>
+      </c>
+      <c r="D218" t="s">
+        <v>813</v>
+      </c>
+      <c r="E218" t="s">
+        <v>814</v>
+      </c>
+      <c r="F218" t="s">
         <v>839</v>
-      </c>
-[...13 lines deleted...]
-        <v>284</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>840</v>
       </c>
       <c r="H218" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>842</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>10</v>
       </c>
       <c r="D219" t="s">
         <v>843</v>
       </c>
       <c r="E219" t="s">
         <v>844</v>
       </c>
       <c r="F219" t="s">
+        <v>313</v>
+      </c>
+      <c r="G219" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="G219" s="1" t="s">
+      <c r="H219" t="s">
         <v>846</v>
-      </c>
-[...1 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>847</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>17</v>
+      </c>
+      <c r="D220" t="s">
+        <v>843</v>
+      </c>
+      <c r="E220" t="s">
+        <v>844</v>
+      </c>
+      <c r="F220" t="s">
+        <v>284</v>
+      </c>
+      <c r="G220" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B220" t="s">
-[...5 lines deleted...]
-      <c r="D220" t="s">
+      <c r="H220" t="s">
         <v>849</v>
-      </c>
-[...10 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>10</v>
       </c>
       <c r="D221" t="s">
+        <v>851</v>
+      </c>
+      <c r="E221" t="s">
+        <v>852</v>
+      </c>
+      <c r="F221" t="s">
+        <v>853</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="H221" t="s">
         <v>855</v>
-      </c>
-[...10 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>856</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>10</v>
+      </c>
+      <c r="D222" t="s">
+        <v>857</v>
+      </c>
+      <c r="E222" t="s">
+        <v>858</v>
+      </c>
+      <c r="F222" t="s">
+        <v>859</v>
+      </c>
+      <c r="G222" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="B222" t="s">
-[...11 lines deleted...]
-      <c r="F222" t="s">
+      <c r="H222" t="s">
         <v>861</v>
-      </c>
-[...4 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
+        <v>862</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>10</v>
+      </c>
+      <c r="D223" t="s">
+        <v>863</v>
+      </c>
+      <c r="E223" t="s">
         <v>864</v>
       </c>
-      <c r="B223" t="s">
-[...5 lines deleted...]
-      <c r="D223" t="s">
+      <c r="F223" t="s">
         <v>865</v>
       </c>
-      <c r="E223" t="s">
+      <c r="G223" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="F223" t="s">
-[...2 lines deleted...]
-      <c r="G223" s="1" t="s">
+      <c r="H223" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>868</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>17</v>
+      </c>
+      <c r="D224" t="s">
+        <v>863</v>
+      </c>
+      <c r="E224" t="s">
+        <v>864</v>
+      </c>
+      <c r="F224" t="s">
         <v>869</v>
       </c>
-      <c r="B224" t="s">
-[...5 lines deleted...]
-      <c r="D224" t="s">
+      <c r="G224" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="E224" t="s">
+      <c r="H224" t="s">
         <v>871</v>
-      </c>
-[...7 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>872</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>37</v>
+      </c>
+      <c r="D225" t="s">
+        <v>873</v>
+      </c>
+      <c r="E225" t="s">
         <v>874</v>
       </c>
-      <c r="B225" t="s">
-[...5 lines deleted...]
-      <c r="D225" t="s">
+      <c r="F225" t="s">
+        <v>13</v>
+      </c>
+      <c r="G225" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="E225" t="s">
+      <c r="H225" t="s">
         <v>876</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>877</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>10</v>
+      </c>
+      <c r="D226" t="s">
         <v>878</v>
       </c>
-      <c r="B226" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E226" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="F226" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="H226" t="s">
-        <v>19</v>
+        <v>881</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D227" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E227" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F227" t="s">
         <v>54</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="H227" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D228" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E228" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F228" t="s">
         <v>54</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="H228" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
+        <v>888</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>21</v>
+      </c>
+      <c r="D229" t="s">
+        <v>883</v>
+      </c>
+      <c r="E229" t="s">
         <v>884</v>
-      </c>
-[...10 lines deleted...]
-        <v>876</v>
       </c>
       <c r="F229" t="s">
         <v>54</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="H229" t="s">
-        <v>886</v>
+        <v>23</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D230" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E230" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F230" t="s">
         <v>54</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="H230" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D231" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E231" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F231" t="s">
-        <v>339</v>
+        <v>54</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="H231" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D232" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E232" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F232" t="s">
         <v>54</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="H232" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D233" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E233" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F233" t="s">
-        <v>54</v>
+        <v>339</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="H233" t="s">
-        <v>47</v>
+        <v>899</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D234" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E234" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F234" t="s">
         <v>54</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="H234" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D235" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E235" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F235" t="s">
         <v>54</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="H235" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="D236" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E236" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F236" t="s">
         <v>54</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="H236" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="D237" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E237" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F237" t="s">
         <v>54</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="H237" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="D238" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E238" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F238" t="s">
-        <v>339</v>
+        <v>54</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="H238" t="s">
-        <v>906</v>
+        <v>60</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="D239" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E239" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F239" t="s">
         <v>54</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="H239" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="D240" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E240" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F240" t="s">
-        <v>54</v>
+        <v>339</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="H240" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="D241" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E241" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F241" t="s">
         <v>54</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="H241" t="s">
-        <v>914</v>
+        <v>64</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="D242" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E242" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F242" t="s">
         <v>54</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="H242" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="D243" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E243" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F243" t="s">
         <v>54</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="H243" t="s">
-        <v>107</v>
+        <v>922</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="D244" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E244" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F244" t="s">
         <v>54</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="H244" t="s">
-        <v>111</v>
+        <v>925</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="D245" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E245" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F245" t="s">
         <v>54</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="H245" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="D246" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E246" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F246" t="s">
         <v>54</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="H246" t="s">
-        <v>926</v>
+        <v>111</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D247" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E247" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F247" t="s">
         <v>54</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="H247" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="D248" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E248" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F248" t="s">
         <v>54</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="H248" t="s">
-        <v>127</v>
+        <v>934</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="D249" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E249" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F249" t="s">
         <v>54</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="H249" t="s">
-        <v>933</v>
+        <v>123</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D250" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E250" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F250" t="s">
         <v>54</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="H250" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="D251" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E251" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F251" t="s">
-        <v>284</v>
+        <v>54</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="H251" t="s">
-        <v>139</v>
+        <v>941</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="D252" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E252" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F252" t="s">
-        <v>166</v>
+        <v>54</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="H252" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="D253" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E253" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F253" t="s">
-        <v>166</v>
+        <v>284</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="H253" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D254" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E254" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F254" t="s">
         <v>166</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="H254" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="D255" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E255" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F255" t="s">
         <v>166</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="H255" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="D256" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E256" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F256" t="s">
         <v>166</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="H256" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="D257" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E257" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F257" t="s">
-        <v>949</v>
+        <v>166</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="H257" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="D258" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E258" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F258" t="s">
-        <v>949</v>
+        <v>166</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="H258" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D259" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E259" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F259" t="s">
-        <v>284</v>
+        <v>957</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="H259" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="D260" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E260" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F260" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="H260" t="s">
-        <v>957</v>
+        <v>176</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="D261" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E261" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F261" t="s">
-        <v>949</v>
+        <v>284</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="H261" t="s">
-        <v>192</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="D262" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E262" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F262" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="H262" t="s">
-        <v>962</v>
+        <v>184</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>215</v>
+        <v>186</v>
       </c>
       <c r="D263" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E263" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F263" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="H263" t="s">
-        <v>217</v>
+        <v>967</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>219</v>
+        <v>190</v>
       </c>
       <c r="D264" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="E264" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="F264" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="H264" t="s">
-        <v>221</v>
+        <v>192</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>10</v>
+        <v>198</v>
       </c>
       <c r="D265" t="s">
-        <v>968</v>
+        <v>883</v>
       </c>
       <c r="E265" t="s">
-        <v>969</v>
+        <v>884</v>
       </c>
       <c r="F265" t="s">
-        <v>274</v>
+        <v>957</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="H265" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="D266" t="s">
-        <v>968</v>
+        <v>883</v>
       </c>
       <c r="E266" t="s">
-        <v>969</v>
+        <v>884</v>
       </c>
       <c r="F266" t="s">
-        <v>326</v>
+        <v>957</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="H266" t="s">
-        <v>974</v>
+        <v>209</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>975</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>21</v>
+        <v>211</v>
       </c>
       <c r="D267" t="s">
-        <v>968</v>
+        <v>883</v>
       </c>
       <c r="E267" t="s">
-        <v>969</v>
+        <v>884</v>
       </c>
       <c r="F267" t="s">
+        <v>957</v>
+      </c>
+      <c r="G267" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="G267" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H267" t="s">
-        <v>978</v>
+        <v>213</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>977</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>215</v>
+      </c>
+      <c r="D268" t="s">
+        <v>883</v>
+      </c>
+      <c r="E268" t="s">
+        <v>884</v>
+      </c>
+      <c r="F268" t="s">
+        <v>957</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="H268" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
         <v>979</v>
       </c>
-      <c r="B268" t="s">
-[...2 lines deleted...]
-      <c r="C268" t="s">
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>219</v>
+      </c>
+      <c r="D269" t="s">
+        <v>883</v>
+      </c>
+      <c r="E269" t="s">
+        <v>884</v>
+      </c>
+      <c r="F269" t="s">
+        <v>957</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H269" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>981</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>223</v>
+      </c>
+      <c r="D270" t="s">
+        <v>883</v>
+      </c>
+      <c r="E270" t="s">
+        <v>884</v>
+      </c>
+      <c r="F270" t="s">
+        <v>957</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="H270" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>983</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>227</v>
+      </c>
+      <c r="D271" t="s">
+        <v>883</v>
+      </c>
+      <c r="E271" t="s">
+        <v>884</v>
+      </c>
+      <c r="F271" t="s">
+        <v>957</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="H271" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>985</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>231</v>
+      </c>
+      <c r="D272" t="s">
+        <v>883</v>
+      </c>
+      <c r="E272" t="s">
+        <v>884</v>
+      </c>
+      <c r="F272" t="s">
+        <v>957</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H272" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>988</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>235</v>
+      </c>
+      <c r="D273" t="s">
+        <v>883</v>
+      </c>
+      <c r="E273" t="s">
+        <v>884</v>
+      </c>
+      <c r="F273" t="s">
+        <v>957</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="H273" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>990</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>239</v>
+      </c>
+      <c r="D274" t="s">
+        <v>883</v>
+      </c>
+      <c r="E274" t="s">
+        <v>884</v>
+      </c>
+      <c r="F274" t="s">
+        <v>957</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="H274" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>992</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>10</v>
+      </c>
+      <c r="D275" t="s">
+        <v>993</v>
+      </c>
+      <c r="E275" t="s">
+        <v>994</v>
+      </c>
+      <c r="F275" t="s">
+        <v>274</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="H275" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>997</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D276" t="s">
+        <v>993</v>
+      </c>
+      <c r="E276" t="s">
+        <v>994</v>
+      </c>
+      <c r="F276" t="s">
+        <v>326</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H276" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>21</v>
+      </c>
+      <c r="D277" t="s">
+        <v>993</v>
+      </c>
+      <c r="E277" t="s">
+        <v>994</v>
+      </c>
+      <c r="F277" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
         <v>25</v>
       </c>
-      <c r="D268" t="s">
-[...12 lines deleted...]
-        <v>978</v>
+      <c r="D278" t="s">
+        <v>993</v>
+      </c>
+      <c r="E278" t="s">
+        <v>994</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1003</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10563,50 +10898,60 @@
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
     <hyperlink ref="G262" r:id="rId261"/>
     <hyperlink ref="G263" r:id="rId262"/>
     <hyperlink ref="G264" r:id="rId263"/>
     <hyperlink ref="G265" r:id="rId264"/>
     <hyperlink ref="G266" r:id="rId265"/>
     <hyperlink ref="G267" r:id="rId266"/>
     <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>